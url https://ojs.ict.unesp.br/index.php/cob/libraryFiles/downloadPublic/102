--- v0 (2025-10-23)
+++ v1 (2026-01-24)
@@ -51,51 +51,51 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Title page</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:tblW w:w="10466" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10466"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003F1C9F" w:rsidRPr="00C005D1" w14:paraId="0F3FE024" w14:textId="77777777">
+      <w:tr w:rsidR="003F1C9F" w:rsidRPr="00961E1C" w14:paraId="0F3FE024" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10466" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="CCCCCC"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="CCCCCC"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="CCCCCC"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="CCCCCC"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5E9167E5" w14:textId="3C534265" w:rsidR="003F1C9F" w:rsidRPr="00976DC1" w:rsidRDefault="00000000">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -1609,51 +1609,69 @@
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="706"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">1 - University, Institute, Faculty, Department, Hospital, Group, Laboratory. </w:t>
             </w:r>
             <w:r w:rsidRPr="00C005D1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>City, State, Country.</w:t>
+              <w:t xml:space="preserve">City, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C005D1">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>State</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C005D1">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>, Country.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="314A2DBD" w14:textId="67BCE2F8" w:rsidR="003F1C9F" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="706"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A70D4">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">2 - </w:t>
             </w:r>
             <w:r w:rsidR="005A70D4" w:rsidRPr="005A70D4">
               <w:rPr>
@@ -1745,64 +1763,66 @@
             </w:r>
             <w:r w:rsidRPr="005A70D4">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidR="005A70D4">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>io</w:t>
             </w:r>
             <w:r w:rsidRPr="005A70D4">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ci</w:t>
             </w:r>
             <w:r w:rsidR="005A70D4">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>dade</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="005A70D4">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Estado</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="005A70D4">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -2122,51 +2142,67 @@
               </w:rPr>
               <w:t>Separated by semicolon;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4DD62017" w14:textId="77777777" w:rsidR="003F1C9F" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="706"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>With fullstop in the end.</w:t>
+              <w:t xml:space="preserve">With </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>fullstop</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the end.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B885CAA" w14:textId="2C2B0860" w:rsidR="004C1C23" w:rsidRDefault="004C1C23">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="706"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>In alphabetical order.</w:t>
             </w:r>
           </w:p>
@@ -2339,51 +2375,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Filled by: BRAZILIAN Authors</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="464E8003" w14:textId="77777777" w:rsidR="003F1C9F" w:rsidRDefault="003F1C9F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C9F" w:rsidRPr="00C005D1" w14:paraId="12485EF1" w14:textId="77777777" w:rsidTr="005D7ADF">
+      <w:tr w:rsidR="003F1C9F" w:rsidRPr="00961E1C" w14:paraId="12485EF1" w14:textId="77777777" w:rsidTr="005D7ADF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9EAD3"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="127AC099" w14:textId="6B376C9D" w:rsidR="003F1C9F" w:rsidRDefault="00000000">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="5103"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
@@ -2476,51 +2512,67 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Separated by semicolon;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67E97C28" w14:textId="77777777" w:rsidR="003F1C9F" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="706"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>With fullstop in the end.</w:t>
+              <w:t xml:space="preserve">With </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>fullstop</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the end.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="034D0651" w14:textId="77777777" w:rsidR="003F1C9F" w:rsidRPr="00C005D1" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
@@ -3798,52 +3850,57 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>(Corresponding address)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0CDF8955" w14:textId="77777777" w:rsidR="003F1C9F" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>University, Institute, Faculty, Department, Hospital, Group, Laboratory, City, UF, Country.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="595CC4EB" w14:textId="69AB4277" w:rsidR="00C005D1" w:rsidRDefault="00C005D1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Phone number (</w:t>
             </w:r>
             <w:r w:rsidRPr="00C005D1">
-              <w:t>preferably Whatsapp</w:t>
-            </w:r>
+              <w:t xml:space="preserve">preferably </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C005D1">
+              <w:t>Whatsapp</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76A44815" w14:textId="77777777" w:rsidR="003F1C9F" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Email: email@mail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C005D1" w14:paraId="19C37D5C" w14:textId="77777777" w:rsidTr="005D7ADF">
         <w:trPr>
           <w:trHeight w:val="800"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
@@ -4483,117 +4540,171 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00016F45" w14:paraId="7B8BEEF9" w14:textId="77777777" w:rsidTr="005D7ADF">
         <w:trPr>
           <w:trHeight w:val="800"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9EAD3"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D9886A4" w14:textId="77777777" w:rsidR="00016F45" w:rsidRPr="00016F45" w:rsidRDefault="00016F45" w:rsidP="00016F45">
+          <w:p w14:paraId="7D9886A4" w14:textId="2CA8D8B4" w:rsidR="00016F45" w:rsidRPr="00016F45" w:rsidRDefault="00016F45" w:rsidP="00016F45">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="5103"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00016F45">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Has this submission already been published as a Preprint?</w:t>
             </w:r>
             <w:r w:rsidRPr="00016F45">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00016F45">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Or on an academic social network belonging to one of the authors? </w:t>
             </w:r>
             <w:r w:rsidRPr="00016F45">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">[check and, if so, indicate the author(s), the Preprint server(s) or academic Social Network(s) where this original has already been published, and the (s) respective </w:t>
+              <w:t>[check and, if so, indicate the author(s), the Preprint server(s)</w:t>
+            </w:r>
+            <w:r w:rsidR="00961E1C">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00016F45">
               <w:rPr>
-                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve"> or academic Social Network(s)</w:t>
+            </w:r>
+            <w:r w:rsidR="00961E1C">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or repository link </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00016F45">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">where this original has already been published, and the (s) respective </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00016F45">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>DOI</w:t>
             </w:r>
             <w:r w:rsidRPr="00016F45">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>(s)]</w:t>
+              <w:t>(s)</w:t>
+            </w:r>
+            <w:r w:rsidR="00961E1C">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or handle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00016F45">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DFA3B5D" w14:textId="1ABA4629" w:rsidR="00016F45" w:rsidRPr="00016F45" w:rsidRDefault="00016F45" w:rsidP="00016F45">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="5103"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
@@ -4626,62 +4737,92 @@
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidRPr="00016F45">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>(    ) NO</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="217EB7AC" w14:textId="77777777" w:rsidR="00016F45" w:rsidRPr="00016F45" w:rsidRDefault="00016F45" w:rsidP="00016F45">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="63C444B0" w14:textId="5261B07B" w:rsidR="00016F45" w:rsidRPr="00016F45" w:rsidRDefault="00016F45" w:rsidP="00016F45">
+          <w:p w14:paraId="590EB518" w14:textId="77777777" w:rsidR="00016F45" w:rsidRDefault="00016F45" w:rsidP="00016F45">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00016F45">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">    (    ) YES</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E4E319F" w14:textId="77777777" w:rsidR="00961E1C" w:rsidRDefault="00961E1C" w:rsidP="00016F45">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AAB3AAB" w14:textId="77777777" w:rsidR="00961E1C" w:rsidRDefault="00961E1C" w:rsidP="00016F45">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63C444B0" w14:textId="6EAFE0AF" w:rsidR="00961E1C" w:rsidRPr="00016F45" w:rsidRDefault="00961E1C" w:rsidP="00016F45">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Link: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00016F45" w14:paraId="36A74DE5" w14:textId="77777777" w:rsidTr="005D7ADF">
         <w:trPr>
           <w:trHeight w:val="800"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="CCCCCC"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9EAD3"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
@@ -5251,151 +5392,151 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C005D1">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:headerReference w:type="first" r:id="rId8"/>
       <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="0" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76B9DBCF" w14:textId="77777777" w:rsidR="00BE47C8" w:rsidRDefault="00BE47C8">
+    <w:p w14:paraId="6ABF8355" w14:textId="77777777" w:rsidR="00F374D2" w:rsidRDefault="00F374D2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5371A7D3" w14:textId="77777777" w:rsidR="00BE47C8" w:rsidRDefault="00BE47C8">
+    <w:p w14:paraId="35DA4352" w14:textId="77777777" w:rsidR="00F374D2" w:rsidRDefault="00F374D2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Ovo">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{012C9DC1-0DDA-4FFA-A787-6F17CA8E8AFF}"/>
-[...1 lines deleted...]
-    <w:embedItalic r:id="rId3" w:fontKey="{A72E38FA-B352-465E-A174-9037677899D1}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{3AAB3EF2-B880-40A3-9813-F7EB5AC21809}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{B36A2ED7-68CC-46F5-8CBB-739756FC199D}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{7B458A4B-E2FB-456E-9BC7-F7348397EAEA}"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId4" w:fontKey="{BEF748F4-1256-4B7A-8729-8F3C215FE215}"/>
-    <w:embedItalic r:id="rId5" w:fontKey="{AAA7903C-650A-4359-B559-2236C3656814}"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{4539C170-1C36-4210-A124-64D3037A3454}"/>
+    <w:embedItalic r:id="rId5" w:fontKey="{212C3D2A-C042-4C77-9D65-43AF3CF619BC}"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{3CF996BC-183D-4A0B-ADC9-97EFBA494EDE}"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{AB4B1266-66EE-4098-B38D-BD613BCED547}"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId7" w:fontKey="{0E89DA7C-911C-4A34-876E-AA6ECA257C92}"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{AF640B95-D14A-4451-82B8-DCEE0B9B659A}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3FCBC452" w14:textId="77777777" w:rsidR="003F1C9F" w:rsidRDefault="003F1C9F"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0260811A" w14:textId="77777777" w:rsidR="00BE47C8" w:rsidRDefault="00BE47C8">
+    <w:p w14:paraId="7D297F9C" w14:textId="77777777" w:rsidR="00F374D2" w:rsidRDefault="00F374D2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="41961E3F" w14:textId="77777777" w:rsidR="00BE47C8" w:rsidRDefault="00BE47C8">
+    <w:p w14:paraId="04061C45" w14:textId="77777777" w:rsidR="00F374D2" w:rsidRDefault="00F374D2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="01062B14" w14:textId="77777777" w:rsidR="003F1C9F" w:rsidRDefault="00000000">
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t>Last update: Jan-2024</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -6195,99 +6336,103 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="416287940">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1751779686">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1842115380">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="215245597">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1247885541">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1767383887">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="180"/>
   <w:displayBackgroundShape/>
   <w:embedTrueTypeFonts/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003F1C9F"/>
     <w:rsid w:val="00016F45"/>
     <w:rsid w:val="00057D47"/>
     <w:rsid w:val="000810B8"/>
     <w:rsid w:val="000E1EAE"/>
     <w:rsid w:val="000E4249"/>
     <w:rsid w:val="00380615"/>
     <w:rsid w:val="003D7EFA"/>
     <w:rsid w:val="003F19A7"/>
     <w:rsid w:val="003F1C9F"/>
     <w:rsid w:val="004041A9"/>
     <w:rsid w:val="004C1C23"/>
     <w:rsid w:val="004C48DB"/>
     <w:rsid w:val="004C6A40"/>
     <w:rsid w:val="005A70D4"/>
     <w:rsid w:val="005D7ADF"/>
     <w:rsid w:val="0060083B"/>
     <w:rsid w:val="006E786F"/>
+    <w:rsid w:val="00961E1C"/>
     <w:rsid w:val="009725A2"/>
     <w:rsid w:val="00976DC1"/>
     <w:rsid w:val="00BE47C8"/>
     <w:rsid w:val="00C005D1"/>
     <w:rsid w:val="00CF1711"/>
+    <w:rsid w:val="00D250B2"/>
     <w:rsid w:val="00D865CB"/>
     <w:rsid w:val="00DC3E0D"/>
     <w:rsid w:val="00E10290"/>
+    <w:rsid w:val="00F374D2"/>
     <w:rsid w:val="00FD03B4"/>
     <w:rsid w:val="00FE757D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -7223,68 +7368,68 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>837</Words>
-  <Characters>4521</Characters>
+  <Words>843</Words>
+  <Characters>4554</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5348</CharactersWithSpaces>
+  <CharactersWithSpaces>5387</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Rafael Lopes</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>